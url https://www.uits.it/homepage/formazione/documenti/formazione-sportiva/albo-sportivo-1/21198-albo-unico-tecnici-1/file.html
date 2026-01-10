--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\poligoni\share\Condivise\Sportamm\SPORTIVO\ATTIVITA' NAZIONALE 2025\FORMAZIONE E ALBI\ALBO UNICO\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\poligoni\share\Condivise\Sportamm\SPORTIVO\ATTIVITA' NAZIONALE 2026\FORMAZIONE ED ALBI\ALBO UNICO GIUDICI E TECNICI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7AB267CF-7B0F-4610-8947-FEF305D96E8E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F97F7CB7-D667-47C4-AF71-D6B8EFC09A4D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9B8BE882-2B28-4902-B757-150CCB635C8E}"/>
   </bookViews>
   <sheets>
     <sheet name="ELENCO UNICO" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8287" uniqueCount="2202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8287" uniqueCount="2203">
   <si>
     <t>Eventuali segnalazioni potranno essere inviate all'indirzzo mail : settore.sportivo@uits.it</t>
   </si>
   <si>
     <t>Risponderemo quanto prima e si provvederà alle eventuali correzioni dopo le dovute verifiche.</t>
   </si>
   <si>
     <t>NOMINATIVO</t>
   </si>
   <si>
     <t>ABELA ALDO</t>
   </si>
   <si>
     <t>X</t>
   </si>
   <si>
     <t>ACITO SILVIO</t>
   </si>
   <si>
     <t>AGATI MAURIZIO</t>
   </si>
   <si>
     <t>AITA MAURA</t>
   </si>
   <si>
@@ -6630,50 +6630,53 @@
     <t>MARCONI ILENIA</t>
   </si>
   <si>
     <t>CANINI ALESSIO</t>
   </si>
   <si>
     <t xml:space="preserve"> CS CARABINIERI</t>
   </si>
   <si>
     <t>SOLLAZZO DANILO DENNIS</t>
   </si>
   <si>
     <t>RIZZELLI STEFANIA</t>
   </si>
   <si>
     <t>CS CARABINIERI</t>
   </si>
   <si>
     <t>TESCONI LUCA</t>
   </si>
   <si>
     <t>P/C/BM</t>
   </si>
   <si>
     <t>TATINI ENZO</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> C</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -7453,52 +7456,52 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Condivise/Sportamm/SPORTIVO/SPORTIVO%202023/BANDO/bando%20giudici%20di%20gara%20ISSF%20e%20NON%20ISSF.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88CF8BC7-F4F9-4B5A-BDC3-0723CE3215E0}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G1902"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1286" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G1309" sqref="G1309"/>
+    <sheetView tabSelected="1" topLeftCell="A1342" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J1360" sqref="J1360"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="31.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="29.140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="29.140625" style="4" customWidth="1"/>
     <col min="5" max="5" width="25.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="24.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="18.42578125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.3">
       <c r="B3" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.3">
@@ -9231,51 +9234,51 @@
       <c r="F103" s="10" t="s">
         <v>1269</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A104" s="22" t="s">
         <v>1620</v>
       </c>
       <c r="B104" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D104" s="10"/>
       <c r="E104" s="10" t="s">
         <v>1452</v>
       </c>
       <c r="F104" s="10" t="s">
         <v>1331</v>
       </c>
       <c r="G104" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A105" s="22" t="s">
         <v>1621</v>
       </c>
       <c r="B105" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C105" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D105" s="10"/>
       <c r="E105" s="31"/>
       <c r="F105" s="10" t="s">
         <v>1293</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A106" s="22" t="s">
         <v>1622</v>
       </c>
@@ -11375,51 +11378,51 @@
       </c>
       <c r="C223" s="9"/>
       <c r="D223" s="10"/>
       <c r="E223" s="31"/>
       <c r="F223" s="10" t="s">
         <v>1305</v>
       </c>
       <c r="G223" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="224" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A224" s="22" t="s">
         <v>1481</v>
       </c>
       <c r="B224" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C224" s="13"/>
       <c r="D224" s="10"/>
       <c r="E224" s="31"/>
       <c r="F224" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="G224" s="10" t="s">
-        <v>1451</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="225" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A225" s="22" t="s">
         <v>1664</v>
       </c>
       <c r="B225" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C225" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D225" s="10"/>
       <c r="E225" s="31"/>
       <c r="F225" s="10" t="s">
         <v>1289</v>
       </c>
       <c r="G225" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="226" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A226" s="19" t="s">
         <v>37</v>
       </c>
@@ -12852,51 +12855,51 @@
       <c r="D306" s="10"/>
       <c r="E306" s="31"/>
       <c r="F306" s="10" t="s">
         <v>1249</v>
       </c>
       <c r="G306" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="307" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A307" s="22" t="s">
         <v>1650</v>
       </c>
       <c r="B307" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C307" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D307" s="10"/>
       <c r="E307" s="31"/>
       <c r="F307" s="10" t="s">
         <v>1651</v>
       </c>
       <c r="G307" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="308" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A308" s="22" t="s">
         <v>2178</v>
       </c>
       <c r="B308" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C308" s="9"/>
       <c r="D308" s="10"/>
       <c r="E308" s="31"/>
       <c r="F308" s="10" t="s">
         <v>1273</v>
       </c>
       <c r="G308" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="309" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A309" s="22" t="s">
         <v>1693</v>
       </c>
       <c r="B309" s="9" t="s">
         <v>4</v>
@@ -17034,51 +17037,51 @@
       <c r="F544" s="10" t="s">
         <v>1226</v>
       </c>
       <c r="G544" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="545" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A545" s="22" t="s">
         <v>1737</v>
       </c>
       <c r="B545" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C545" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D545" s="10"/>
       <c r="E545" s="10" t="s">
         <v>1452</v>
       </c>
       <c r="F545" s="10" t="s">
         <v>1332</v>
       </c>
       <c r="G545" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="546" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A546" s="24" t="s">
         <v>1471</v>
       </c>
       <c r="B546" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C546" s="9"/>
       <c r="D546" s="10"/>
       <c r="E546" s="31"/>
       <c r="F546" s="10" t="s">
         <v>1403</v>
       </c>
       <c r="G546" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="547" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A547" s="21" t="s">
         <v>550</v>
       </c>
       <c r="B547" s="9" t="s">
         <v>4</v>
@@ -20754,51 +20757,51 @@
       <c r="D754" s="10"/>
       <c r="E754" s="31"/>
       <c r="F754" s="10" t="s">
         <v>1235</v>
       </c>
       <c r="G754" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="755" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A755" s="22" t="s">
         <v>1784</v>
       </c>
       <c r="B755" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C755" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D755" s="10"/>
       <c r="E755" s="31"/>
       <c r="F755" s="10" t="s">
         <v>1258</v>
       </c>
       <c r="G755" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="756" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A756" s="22" t="s">
         <v>1785</v>
       </c>
       <c r="B756" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C756" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D756" s="10"/>
       <c r="E756" s="31"/>
       <c r="F756" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="G756" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="757" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A757" s="22" t="s">
         <v>1786</v>
       </c>
@@ -24722,51 +24725,51 @@
       </c>
       <c r="C978" s="9"/>
       <c r="D978" s="10"/>
       <c r="E978" s="31"/>
       <c r="F978" s="10" t="s">
         <v>1310</v>
       </c>
       <c r="G978" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="979" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A979" s="19" t="s">
         <v>767</v>
       </c>
       <c r="B979" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C979" s="9"/>
       <c r="D979" s="10"/>
       <c r="E979" s="31"/>
       <c r="F979" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="G979" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="980" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A980" s="19" t="s">
         <v>768</v>
       </c>
       <c r="B980" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C980" s="9"/>
       <c r="D980" s="10"/>
       <c r="E980" s="31"/>
       <c r="F980" s="10" t="s">
         <v>1312</v>
       </c>
       <c r="G980" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="981" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A981" s="19" t="s">
         <v>769</v>
       </c>
       <c r="B981" s="9" t="s">
         <v>4</v>
@@ -25708,51 +25711,51 @@
       <c r="D1034" s="10"/>
       <c r="E1034" s="31"/>
       <c r="F1034" s="10" t="s">
         <v>1245</v>
       </c>
       <c r="G1034" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1035" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1035" s="19" t="s">
         <v>793</v>
       </c>
       <c r="B1035" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1035" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1035" s="10"/>
       <c r="E1035" s="31"/>
       <c r="F1035" s="10" t="s">
         <v>1341</v>
       </c>
       <c r="G1035" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1036" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1036" s="19" t="s">
         <v>160</v>
       </c>
       <c r="B1036" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1036" s="9"/>
       <c r="D1036" s="10"/>
       <c r="E1036" s="31"/>
       <c r="F1036" s="10" t="s">
         <v>1246</v>
       </c>
       <c r="G1036" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1037" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1037" s="22" t="s">
         <v>2095</v>
       </c>
       <c r="B1037" s="9" t="s">
         <v>4</v>
@@ -28193,51 +28196,51 @@
       <c r="D1173" s="10"/>
       <c r="E1173" s="31"/>
       <c r="F1173" s="10" t="s">
         <v>1493</v>
       </c>
       <c r="G1173" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1174" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1174" s="21" t="s">
         <v>848</v>
       </c>
       <c r="B1174" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1174" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1174" s="10"/>
       <c r="E1174" s="31"/>
       <c r="F1174" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="G1174" s="10" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="1175" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1175" s="19" t="s">
         <v>849</v>
       </c>
       <c r="B1175" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1175" s="9"/>
       <c r="D1175" s="10"/>
       <c r="E1175" s="31"/>
       <c r="F1175" s="10" t="s">
         <v>1270</v>
       </c>
       <c r="G1175" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1176" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1176" s="22" t="s">
         <v>1908</v>
       </c>
       <c r="B1176" s="9" t="s">
         <v>4</v>
@@ -28969,51 +28972,51 @@
       <c r="F1217" s="10" t="s">
         <v>1235</v>
       </c>
       <c r="G1217" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1218" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1218" s="27" t="s">
         <v>874</v>
       </c>
       <c r="B1218" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1218" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1218" s="10"/>
       <c r="E1218" s="10" t="s">
         <v>1452</v>
       </c>
       <c r="F1218" s="10" t="s">
         <v>1384</v>
       </c>
       <c r="G1218" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1219" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1219" s="27" t="s">
         <v>875</v>
       </c>
       <c r="B1219" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1219" s="9"/>
       <c r="D1219" s="10"/>
       <c r="E1219" s="31"/>
       <c r="F1219" s="10" t="s">
         <v>1248</v>
       </c>
       <c r="G1219" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1220" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1220" s="25" t="s">
         <v>876</v>
       </c>
       <c r="B1220" s="9" t="s">
         <v>4</v>
@@ -29162,51 +29165,51 @@
       <c r="D1228" s="10"/>
       <c r="E1228" s="31"/>
       <c r="F1228" s="10" t="s">
         <v>1352</v>
       </c>
       <c r="G1228" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1229" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1229" s="25" t="s">
         <v>272</v>
       </c>
       <c r="B1229" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1229" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1229" s="10"/>
       <c r="E1229" s="31"/>
       <c r="F1229" s="10" t="s">
         <v>1370</v>
       </c>
       <c r="G1229" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1230" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1230" s="25" t="s">
         <v>883</v>
       </c>
       <c r="B1230" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1230" s="9"/>
       <c r="D1230" s="10"/>
       <c r="E1230" s="31"/>
       <c r="F1230" s="10" t="s">
         <v>1350</v>
       </c>
       <c r="G1230" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1231" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1231" s="28" t="s">
         <v>1914</v>
       </c>
       <c r="B1231" s="9" t="s">
         <v>4</v>
@@ -29433,51 +29436,51 @@
       <c r="D1243" s="10"/>
       <c r="E1243" s="31"/>
       <c r="F1243" s="10" t="s">
         <v>1240</v>
       </c>
       <c r="G1243" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1244" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1244" s="28" t="s">
         <v>1918</v>
       </c>
       <c r="B1244" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1244" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1244" s="10"/>
       <c r="E1244" s="31"/>
       <c r="F1244" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="G1244" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1245" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1245" s="28" t="s">
         <v>1496</v>
       </c>
       <c r="B1245" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1245" s="9"/>
       <c r="D1245" s="10"/>
       <c r="E1245" s="31"/>
       <c r="F1245" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="G1245" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1246" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1246" s="25" t="s">
         <v>888</v>
       </c>
       <c r="B1246" s="9" t="s">
         <v>4</v>
@@ -31361,51 +31364,51 @@
       <c r="D1351" s="10"/>
       <c r="E1351" s="31"/>
       <c r="F1351" s="10" t="s">
         <v>1333</v>
       </c>
       <c r="G1351" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1352" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1352" s="28" t="s">
         <v>1522</v>
       </c>
       <c r="B1352" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1352" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1352" s="10"/>
       <c r="E1352" s="31"/>
       <c r="F1352" s="10" t="s">
         <v>1523</v>
       </c>
       <c r="G1352" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1353" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1353" s="25" t="s">
         <v>934</v>
       </c>
       <c r="B1353" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1353" s="9"/>
       <c r="D1353" s="10"/>
       <c r="E1353" s="31"/>
       <c r="F1353" s="10" t="s">
         <v>1436</v>
       </c>
       <c r="G1353" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1354" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1354" s="27" t="s">
         <v>935</v>
       </c>
       <c r="B1354" s="9" t="s">
         <v>4</v>
@@ -34098,51 +34101,51 @@
       <c r="D1506" s="10"/>
       <c r="E1506" s="31"/>
       <c r="F1506" s="10" t="s">
         <v>1302</v>
       </c>
       <c r="G1506" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1507" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1507" s="27" t="s">
         <v>1029</v>
       </c>
       <c r="B1507" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1507" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1507" s="10"/>
       <c r="E1507" s="31"/>
       <c r="F1507" s="10" t="s">
         <v>1250</v>
       </c>
       <c r="G1507" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1508" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1508" s="25" t="s">
         <v>218</v>
       </c>
       <c r="B1508" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1508" s="9"/>
       <c r="D1508" s="10"/>
       <c r="E1508" s="31"/>
       <c r="F1508" s="10" t="s">
         <v>1227</v>
       </c>
       <c r="G1508" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1509" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1509" s="27" t="s">
         <v>219</v>
       </c>
       <c r="B1509" s="9" t="s">
         <v>4</v>
@@ -35550,51 +35553,51 @@
       <c r="D1588" s="10"/>
       <c r="E1588" s="31"/>
       <c r="F1588" s="10" t="s">
         <v>1393</v>
       </c>
       <c r="G1588" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1589" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1589" s="28" t="s">
         <v>1655</v>
       </c>
       <c r="B1589" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1589" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1589" s="10"/>
       <c r="E1589" s="31"/>
       <c r="F1589" s="10" t="s">
         <v>1393</v>
       </c>
       <c r="G1589" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1590" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1590" s="28" t="s">
         <v>1991</v>
       </c>
       <c r="B1590" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1590" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1590" s="10"/>
       <c r="E1590" s="31"/>
       <c r="F1590" s="10" t="s">
         <v>1321</v>
       </c>
       <c r="G1590" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1591" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1591" s="25" t="s">
         <v>1069</v>
       </c>
@@ -39032,70 +39035,70 @@
       <c r="D1784" s="10"/>
       <c r="E1784" s="31"/>
       <c r="F1784" s="10" t="s">
         <v>1445</v>
       </c>
       <c r="G1784" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1785" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1785" s="28" t="s">
         <v>2038</v>
       </c>
       <c r="B1785" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1785" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D1785" s="10"/>
       <c r="E1785" s="31"/>
       <c r="F1785" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="G1785" s="10" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="1786" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1786" s="28" t="s">
         <v>1476</v>
       </c>
       <c r="B1786" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1786" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1786" s="10"/>
       <c r="E1786" s="31"/>
       <c r="F1786" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="G1786" s="10" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1787" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1787" s="25" t="s">
         <v>1162</v>
       </c>
       <c r="B1787" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1787" s="9"/>
       <c r="D1787" s="10"/>
       <c r="E1787" s="31"/>
       <c r="F1787" s="10" t="s">
         <v>1249</v>
       </c>
       <c r="G1787" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1788" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1788" s="28" t="s">
         <v>2128</v>
       </c>
       <c r="B1788" s="9" t="s">
         <v>4</v>
@@ -40713,51 +40716,51 @@
       <c r="F1879" s="10" t="s">
         <v>1427</v>
       </c>
       <c r="G1879" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1880" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1880" s="28" t="s">
         <v>2052</v>
       </c>
       <c r="B1880" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1880" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D1880" s="10"/>
       <c r="E1880" s="10" t="s">
         <v>1452</v>
       </c>
       <c r="F1880" s="10" t="s">
         <v>1268</v>
       </c>
       <c r="G1880" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1881" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1881" s="27" t="s">
         <v>264</v>
       </c>
       <c r="B1881" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1881" s="9"/>
       <c r="D1881" s="10"/>
       <c r="E1881" s="31"/>
       <c r="F1881" s="10" t="s">
         <v>1226</v>
       </c>
       <c r="G1881" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1882" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1882" s="27" t="s">
         <v>1214</v>
       </c>
       <c r="B1882" s="9" t="s">
         <v>4</v>
@@ -41127,51 +41130,51 @@
       <c r="F1901" s="10" t="s">
         <v>1332</v>
       </c>
       <c r="G1901" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1902" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1902" s="28" t="s">
         <v>267</v>
       </c>
       <c r="B1902" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1902" s="9"/>
       <c r="D1902" s="10"/>
       <c r="E1902" s="31"/>
       <c r="F1902" s="10" t="s">
         <v>1410</v>
       </c>
       <c r="G1902" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="/36fu/Whdutmtixo7uymA97MDGQFxVShX+uemVqU+6QPx2yHorHi49aHyPjNpZcPQ2ZuIMXurjTsjPKTib7FqQ==" saltValue="sRqZXbY+1wOT839N8e+B8A==" spinCount="100000" sheet="1" objects="1" selectLockedCells="1" autoFilter="0" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gBjjKh56z2qkw5OrBVNifLmiDWfXFaHi1zbJoQWC5WRzHChiZn7xID57Y+Q1VBxvOEzLb+KCc1GdIRl4QJPw9A==" saltValue="w/caegALAffq468elTK+Fw==" spinCount="100000" sheet="1" selectLockedCells="1" autoFilter="0" selectUnlockedCells="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:G1902">
     <sortCondition ref="A7:A1902"/>
   </sortState>
   <dataConsolidate>
     <dataRefs count="1">
       <dataRef ref="C1559:D1561" sheet="ALBO UNICO " r:id="rId1"/>
     </dataRefs>
   </dataConsolidate>
   <conditionalFormatting sqref="A1:A1048576">
     <cfRule type="duplicateValues" dxfId="1" priority="10"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A7">
     <cfRule type="duplicateValues" dxfId="0" priority="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="73" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>