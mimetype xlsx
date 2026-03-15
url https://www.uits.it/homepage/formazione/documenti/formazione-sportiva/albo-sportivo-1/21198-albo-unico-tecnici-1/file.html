--- v1 (2026-01-10)
+++ v2 (2026-03-15)
@@ -1,74 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\poligoni\share\Condivise\Sportamm\SPORTIVO\ATTIVITA' NAZIONALE 2026\FORMAZIONE ED ALBI\ALBO UNICO GIUDICI E TECNICI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F97F7CB7-D667-47C4-AF71-D6B8EFC09A4D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8CBE8500-EAF0-4E17-B416-6422EDC4EBF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="LqdHOFWUnXnFgBnBx9FwSpFUR3efw9rUI+/CEO6EDToeNa6WKJ9DbzVeEERwv8f+ske/8Rosc/lZ+ez2wZUwkQ==" workbookSaltValue="DsaNwwPVsvdXh4eKB3btmg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9B8BE882-2B28-4902-B757-150CCB635C8E}"/>
   </bookViews>
   <sheets>
     <sheet name="ELENCO UNICO" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8287" uniqueCount="2203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8289" uniqueCount="2205">
   <si>
     <t>Eventuali segnalazioni potranno essere inviate all'indirzzo mail : settore.sportivo@uits.it</t>
   </si>
   <si>
     <t>Risponderemo quanto prima e si provvederà alle eventuali correzioni dopo le dovute verifiche.</t>
   </si>
   <si>
     <t>NOMINATIVO</t>
   </si>
   <si>
     <t>ABELA ALDO</t>
   </si>
   <si>
     <t>X</t>
   </si>
   <si>
     <t>ACITO SILVIO</t>
   </si>
   <si>
     <t>AGATI MAURIZIO</t>
   </si>
   <si>
     <t>AITA MAURA</t>
   </si>
   <si>
@@ -6633,50 +6645,56 @@
     <t>CANINI ALESSIO</t>
   </si>
   <si>
     <t xml:space="preserve"> CS CARABINIERI</t>
   </si>
   <si>
     <t>SOLLAZZO DANILO DENNIS</t>
   </si>
   <si>
     <t>RIZZELLI STEFANIA</t>
   </si>
   <si>
     <t>CS CARABINIERI</t>
   </si>
   <si>
     <t>TESCONI LUCA</t>
   </si>
   <si>
     <t>P/C/BM</t>
   </si>
   <si>
     <t>TATINI ENZO</t>
   </si>
   <si>
     <t xml:space="preserve"> C</t>
+  </si>
+  <si>
+    <t>X C</t>
+  </si>
+  <si>
+    <t>X P</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -6941,51 +6959,51 @@
       <left style="hair">
         <color theme="3" tint="-0.24994659260841701"/>
       </left>
       <right style="hair">
         <color theme="3" tint="-0.24994659260841701"/>
       </right>
       <top style="hair">
         <color theme="3" tint="-0.24994659260841701"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -7040,50 +7058,53 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="Collegamento ipertestuale 2" xfId="2" xr:uid="{950858BE-1C39-4FC7-A106-4F8B8956BA75}"/>
     <cellStyle name="Collegamento ipertestuale 2 2" xfId="7" xr:uid="{3BAA5F01-F95C-4255-9E22-80EC2F11D370}"/>
     <cellStyle name="Collegamento ipertestuale 2 3" xfId="6" xr:uid="{401D7335-AE47-4AAC-9557-4B0A42F500A6}"/>
     <cellStyle name="Excel Built-in Normal" xfId="9" xr:uid="{DA0C3E37-905E-417D-B2CC-D6C96290114C}"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="1" xr:uid="{8D0F8DB8-55AB-448F-B4E7-AC0FDCAD6339}"/>
     <cellStyle name="Normale 2 2" xfId="4" xr:uid="{872199F4-DDC7-477A-B3AB-7C59EA07D0A7}"/>
     <cellStyle name="Normale 3" xfId="5" xr:uid="{45D4521F-88DB-43FD-9DE2-4DD2BE384815}"/>
     <cellStyle name="Normale 4" xfId="3" xr:uid="{E5D6A312-C63A-4FE3-9362-F33E345CC307}"/>
     <cellStyle name="Normale 5" xfId="8" xr:uid="{9B4DFD2C-8B54-4CA6-ABF9-B37CAEACE404}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -7456,113 +7477,115 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Condivise/Sportamm/SPORTIVO/SPORTIVO%202023/BANDO/bando%20giudici%20di%20gara%20ISSF%20e%20NON%20ISSF.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88CF8BC7-F4F9-4B5A-BDC3-0723CE3215E0}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G1902"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1342" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J1360" sqref="J1360"/>
+    <sheetView tabSelected="1" topLeftCell="A1317" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G1330" sqref="G1330"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="31.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="29.140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="29.140625" style="4" customWidth="1"/>
     <col min="5" max="5" width="25.5703125" style="1" customWidth="1"/>
-    <col min="6" max="6" width="24.85546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="26.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="18.42578125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.3">
       <c r="B3" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.3">
       <c r="B4" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="17.25" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="6" spans="1:7" s="8" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>280</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>281</v>
       </c>
       <c r="D6" s="16" t="s">
         <v>282</v>
       </c>
       <c r="E6" s="17" t="s">
         <v>2147</v>
       </c>
       <c r="F6" s="17" t="s">
         <v>283</v>
       </c>
       <c r="G6" s="17" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A7" s="18" t="s">
         <v>285</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>278</v>
       </c>
-      <c r="C7" s="9"/>
+      <c r="C7" s="9" t="s">
+        <v>4</v>
+      </c>
       <c r="D7" s="10"/>
       <c r="E7" s="31"/>
       <c r="F7" s="10" t="s">
         <v>1221</v>
       </c>
       <c r="G7" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="18" t="s">
         <v>286</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="9"/>
       <c r="D8" s="10"/>
       <c r="E8" s="31"/>
       <c r="F8" s="10" t="s">
         <v>1222</v>
       </c>
       <c r="G8" s="10" t="s">
         <v>1452</v>
       </c>
@@ -8975,51 +8998,53 @@
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A89" s="21" t="s">
         <v>23</v>
       </c>
       <c r="B89" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="9"/>
       <c r="D89" s="10"/>
       <c r="E89" s="31"/>
       <c r="F89" s="10" t="s">
         <v>1225</v>
       </c>
       <c r="G89" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A90" s="22" t="s">
         <v>1491</v>
       </c>
       <c r="B90" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="C90" s="11"/>
+      <c r="C90" s="11" t="s">
+        <v>4</v>
+      </c>
       <c r="D90" s="10"/>
       <c r="E90" s="31"/>
       <c r="F90" s="10" t="s">
         <v>1273</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A91" s="21" t="s">
         <v>323</v>
       </c>
       <c r="B91" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="9"/>
       <c r="D91" s="10"/>
       <c r="E91" s="31"/>
       <c r="F91" s="10" t="s">
         <v>1264</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>1451</v>
       </c>
@@ -10095,61 +10120,61 @@
     <row r="152" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A152" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B152" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C152" s="9"/>
       <c r="D152" s="10"/>
       <c r="E152" s="31"/>
       <c r="F152" s="10" t="s">
         <v>1286</v>
       </c>
       <c r="G152" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="153" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A153" s="21" t="s">
         <v>354</v>
       </c>
       <c r="B153" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>4</v>
+        <v>2204</v>
       </c>
       <c r="D153" s="10" t="s">
-        <v>4</v>
+        <v>2203</v>
       </c>
       <c r="E153" s="31"/>
       <c r="F153" s="10" t="s">
         <v>1288</v>
       </c>
       <c r="G153" s="10" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="154" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A154" s="22" t="s">
         <v>2064</v>
       </c>
       <c r="B154" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D154" s="10" t="s">
         <v>4</v>
       </c>
       <c r="E154" s="31"/>
       <c r="F154" s="10" t="s">
         <v>1332</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="155" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A155" s="19" t="s">
@@ -11770,51 +11795,51 @@
       </c>
       <c r="C245" s="9"/>
       <c r="D245" s="10"/>
       <c r="E245" s="31"/>
       <c r="F245" s="10" t="s">
         <v>1267</v>
       </c>
       <c r="G245" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="246" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A246" s="21" t="s">
         <v>40</v>
       </c>
       <c r="B246" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C246" s="12"/>
       <c r="D246" s="10"/>
       <c r="E246" s="31"/>
       <c r="F246" s="10" t="s">
         <v>1226</v>
       </c>
       <c r="G246" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="247" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A247" s="21" t="s">
         <v>399</v>
       </c>
       <c r="B247" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C247" s="9"/>
       <c r="D247" s="10"/>
       <c r="E247" s="31"/>
       <c r="F247" s="10" t="s">
         <v>1312</v>
       </c>
       <c r="G247" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="248" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A248" s="22" t="s">
         <v>2164</v>
       </c>
       <c r="B248" s="9" t="s">
         <v>4</v>
@@ -16186,52 +16211,52 @@
       <c r="C496" s="12"/>
       <c r="D496" s="10"/>
       <c r="E496" s="31"/>
       <c r="F496" s="10" t="s">
         <v>1314</v>
       </c>
       <c r="G496" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="497" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A497" s="19" t="s">
         <v>525</v>
       </c>
       <c r="B497" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C497" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D497" s="10"/>
       <c r="E497" s="31"/>
       <c r="F497" s="10" t="s">
         <v>1508</v>
       </c>
-      <c r="G497" s="10" t="s">
-        <v>1451</v>
+      <c r="G497" s="44" t="s">
+        <v>1453</v>
       </c>
     </row>
     <row r="498" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A498" s="19" t="s">
         <v>83</v>
       </c>
       <c r="B498" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C498" s="9"/>
       <c r="D498" s="10"/>
       <c r="E498" s="31"/>
       <c r="F498" s="10" t="s">
         <v>1359</v>
       </c>
       <c r="G498" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="499" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A499" s="19" t="s">
         <v>526</v>
       </c>
       <c r="B499" s="9" t="s">
         <v>4</v>
@@ -22105,59 +22130,59 @@
     <row r="830" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A830" s="22" t="s">
         <v>2182</v>
       </c>
       <c r="B830" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C830" s="9"/>
       <c r="D830" s="10"/>
       <c r="E830" s="31"/>
       <c r="F830" s="10" t="s">
         <v>1431</v>
       </c>
       <c r="G830" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="831" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A831" s="19" t="s">
         <v>688</v>
       </c>
       <c r="B831" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C831" s="9" t="s">
-        <v>278</v>
+        <v>4</v>
       </c>
       <c r="D831" s="10"/>
       <c r="E831" s="31"/>
       <c r="F831" s="10" t="s">
         <v>1273</v>
       </c>
       <c r="G831" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="832" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A832" s="22" t="s">
         <v>1454</v>
       </c>
       <c r="B832" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C832" s="9"/>
       <c r="D832" s="10"/>
       <c r="E832" s="31"/>
       <c r="F832" s="10" t="s">
         <v>1433</v>
       </c>
       <c r="G832" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="833" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A833" s="22" t="s">
         <v>1798</v>
       </c>
       <c r="B833" s="9" t="s">
         <v>4</v>
@@ -27965,51 +27990,51 @@
       <c r="F1160" s="10" t="s">
         <v>1298</v>
       </c>
       <c r="G1160" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1161" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1161" s="22" t="s">
         <v>2103</v>
       </c>
       <c r="B1161" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1161" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D1161" s="10" t="s">
         <v>4</v>
       </c>
       <c r="E1161" s="31"/>
       <c r="F1161" s="10" t="s">
         <v>1306</v>
       </c>
       <c r="G1161" s="10" t="s">
-        <v>1452</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="1162" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1162" s="19" t="s">
         <v>844</v>
       </c>
       <c r="B1162" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1162" s="9"/>
       <c r="D1162" s="10"/>
       <c r="E1162" s="31"/>
       <c r="F1162" s="10" t="s">
         <v>1410</v>
       </c>
       <c r="G1162" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1163" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1163" s="19" t="s">
         <v>178</v>
       </c>
       <c r="B1163" s="9" t="s">
         <v>4</v>
@@ -30966,51 +30991,51 @@
       <c r="D1329" s="10"/>
       <c r="E1329" s="31"/>
       <c r="F1329" s="10" t="s">
         <v>1304</v>
       </c>
       <c r="G1329" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1330" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1330" s="25" t="s">
         <v>928</v>
       </c>
       <c r="B1330" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1330" s="9" t="s">
         <v>278</v>
       </c>
       <c r="D1330" s="10"/>
       <c r="E1330" s="31"/>
       <c r="F1330" s="10" t="s">
         <v>1292</v>
       </c>
       <c r="G1330" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1331" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1331" s="28" t="s">
         <v>2110</v>
       </c>
       <c r="B1331" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1331" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D1331" s="10" t="s">
         <v>4</v>
       </c>
       <c r="E1331" s="31"/>
       <c r="F1331" s="10" t="s">
         <v>2143</v>
       </c>
       <c r="G1331" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1332" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1332" s="28" t="s">
@@ -31767,51 +31792,51 @@
       <c r="D1374" s="10"/>
       <c r="E1374" s="31"/>
       <c r="F1374" s="10" t="s">
         <v>1332</v>
       </c>
       <c r="G1374" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1375" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1375" s="28" t="s">
         <v>1483</v>
       </c>
       <c r="B1375" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1375" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1375" s="10"/>
       <c r="E1375" s="31"/>
       <c r="F1375" s="10" t="s">
         <v>1431</v>
       </c>
       <c r="G1375" s="10" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1376" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1376" s="28" t="s">
         <v>1956</v>
       </c>
       <c r="B1376" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1376" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D1376" s="10"/>
       <c r="E1376" s="31"/>
       <c r="F1376" s="10" t="s">
         <v>1223</v>
       </c>
       <c r="G1376" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1377" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1377" s="25" t="s">
         <v>946</v>
       </c>
@@ -41130,51 +41155,51 @@
       <c r="F1901" s="10" t="s">
         <v>1332</v>
       </c>
       <c r="G1901" s="10" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1902" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1902" s="28" t="s">
         <v>267</v>
       </c>
       <c r="B1902" s="9" t="s">
         <v>4</v>
       </c>
       <c r="C1902" s="9"/>
       <c r="D1902" s="10"/>
       <c r="E1902" s="31"/>
       <c r="F1902" s="10" t="s">
         <v>1410</v>
       </c>
       <c r="G1902" s="10" t="s">
         <v>1451</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="gBjjKh56z2qkw5OrBVNifLmiDWfXFaHi1zbJoQWC5WRzHChiZn7xID57Y+Q1VBxvOEzLb+KCc1GdIRl4QJPw9A==" saltValue="w/caegALAffq468elTK+Fw==" spinCount="100000" sheet="1" selectLockedCells="1" autoFilter="0" selectUnlockedCells="1"/>
+  <sheetProtection selectLockedCells="1" autoFilter="0" selectUnlockedCells="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:G1902">
     <sortCondition ref="A7:A1902"/>
   </sortState>
   <dataConsolidate>
     <dataRefs count="1">
       <dataRef ref="C1559:D1561" sheet="ALBO UNICO " r:id="rId1"/>
     </dataRefs>
   </dataConsolidate>
   <conditionalFormatting sqref="A1:A1048576">
     <cfRule type="duplicateValues" dxfId="1" priority="10"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A7">
     <cfRule type="duplicateValues" dxfId="0" priority="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="73" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>